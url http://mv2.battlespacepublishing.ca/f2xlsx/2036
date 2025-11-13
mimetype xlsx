--- v0 (2025-10-13)
+++ v1 (2025-11-13)
@@ -56,69 +56,69 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Vladivostok Class" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Warsaw Class (1 of 16)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Warsaw Class (2 of 16)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Warsaw Class (3 of 16)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Warsaw Class (4 of 16)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Berlin Class (1 of 4)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Berlin Class (2 of 4)" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Berlin Class (3 of 4)" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Berlin Class (4 of 4)" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Tokyo Class (1 of 2)" sheetId="10" state="visible" r:id="rId11"/>
     <sheet name="Warsaw Class (5 of 16)" sheetId="11" state="visible" r:id="rId12"/>
     <sheet name="Warsaw Class (6 of 16)" sheetId="12" state="visible" r:id="rId13"/>
     <sheet name="Tokyo Class (2 of 2)" sheetId="13" state="visible" r:id="rId14"/>
     <sheet name="Warsaw Class (7 of 16)" sheetId="14" state="visible" r:id="rId15"/>
     <sheet name="Warsaw Class (8 of 16)" sheetId="15" state="visible" r:id="rId16"/>
-    <sheet name="Rio de Janeiro Class (1 of 4)" sheetId="16" state="visible" r:id="rId17"/>
+    <sheet name="Beunos Aires Class (1 of 4)" sheetId="16" state="visible" r:id="rId17"/>
     <sheet name="Warsaw Class (9 of 16)" sheetId="17" state="visible" r:id="rId18"/>
     <sheet name="Warsaw Class (10 of 16)" sheetId="18" state="visible" r:id="rId19"/>
     <sheet name="Mosul Class (1 of 12)" sheetId="19" state="visible" r:id="rId20"/>
     <sheet name="Mosul Class (2 of 12)" sheetId="20" state="visible" r:id="rId21"/>
     <sheet name="Mosul Class (3 of 12)" sheetId="21" state="visible" r:id="rId22"/>
-    <sheet name="Rio de Janeiro Class (2 of 4)" sheetId="22" state="visible" r:id="rId23"/>
+    <sheet name="Beunos Aires Class (2 of 4)" sheetId="22" state="visible" r:id="rId23"/>
     <sheet name="Warsaw Class (11 of 16)" sheetId="23" state="visible" r:id="rId24"/>
     <sheet name="Warsaw Class (12 of 16)" sheetId="24" state="visible" r:id="rId25"/>
     <sheet name="Mosul Class (4 of 12)" sheetId="25" state="visible" r:id="rId26"/>
     <sheet name="Mosul Class (5 of 12)" sheetId="26" state="visible" r:id="rId27"/>
     <sheet name="Mosul Class (6 of 12)" sheetId="27" state="visible" r:id="rId28"/>
-    <sheet name="Rio de Janeiro Class (3 of 4)" sheetId="28" state="visible" r:id="rId29"/>
+    <sheet name="Beunos Aires Class (3 of 4)" sheetId="28" state="visible" r:id="rId29"/>
     <sheet name="Warsaw Class (13 of 16)" sheetId="29" state="visible" r:id="rId30"/>
     <sheet name="Warsaw Class (14 of 16)" sheetId="30" state="visible" r:id="rId31"/>
     <sheet name="Mosul Class (7 of 12)" sheetId="31" state="visible" r:id="rId32"/>
     <sheet name="Mosul Class (8 of 12)" sheetId="32" state="visible" r:id="rId33"/>
     <sheet name="Mosul Class (9 of 12)" sheetId="33" state="visible" r:id="rId34"/>
-    <sheet name="Rio de Janeiro Class (4 of 4)" sheetId="34" state="visible" r:id="rId35"/>
+    <sheet name="Beunos Aires Class (4 of 4)" sheetId="34" state="visible" r:id="rId35"/>
     <sheet name="Warsaw Class (15 of 16)" sheetId="35" state="visible" r:id="rId36"/>
     <sheet name="Warsaw Class (16 of 16)" sheetId="36" state="visible" r:id="rId37"/>
     <sheet name="Mosul Class (10 of 12)" sheetId="37" state="visible" r:id="rId38"/>
     <sheet name="Mosul Class (11 of 12)" sheetId="38" state="visible" r:id="rId39"/>
     <sheet name="Mosul Class (12 of 12)" sheetId="39" state="visible" r:id="rId40"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
   </numFmts>
   <fonts count="8">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -5142,51 +5142,51 @@
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Rio de Janeiro Class</t>
+          <t>Beunos Aires Class</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Target Rating: +2/+1, Mass Factor: 42, Threat: 3</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3"/>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Type: </t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Length: </t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Mass: </t>
@@ -8770,51 +8770,51 @@
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Rio de Janeiro Class</t>
+          <t>Beunos Aires Class</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Target Rating: +2/+1, Mass Factor: 42, Threat: 3</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3"/>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Type: </t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Length: </t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Mass: </t>
@@ -11769,51 +11769,51 @@
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Rio de Janeiro Class</t>
+          <t>Beunos Aires Class</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Target Rating: +2/+1, Mass Factor: 42, Threat: 3</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3"/>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Type: </t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Length: </t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Mass: </t>
@@ -15397,51 +15397,51 @@
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Rio de Janeiro Class</t>
+          <t>Beunos Aires Class</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Target Rating: +2/+1, Mass Factor: 42, Threat: 3</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3"/>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Type: </t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Length: </t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Mass: </t>